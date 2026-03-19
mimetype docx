--- v0 (2025-10-11)
+++ v1 (2026-03-19)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BAFFC93" w14:textId="55913D57" w:rsidR="00713A9F" w:rsidRPr="006C26EF" w:rsidRDefault="00713A9F" w:rsidP="00713A9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6979690B" w14:textId="28C4DD65" w:rsidR="00713A9F" w:rsidRPr="006C26EF" w:rsidRDefault="00555100" w:rsidP="00713A9F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C26EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -955,51 +955,73 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25658554" w14:textId="77777777" w:rsidR="00DF5F01" w:rsidRPr="00F15FF1" w:rsidRDefault="0039678F" w:rsidP="0039678F">
             <w:pPr>
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
               <w:ind w:left="715"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F15FF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>objętość od 1000 do 3000 znaków ze spacjami, ze zwięzłym opisem dotychczasowych dokonań</w:t>
+              <w:t xml:space="preserve">objętość od 1000 do 3000 znaków ze spacjami, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F15FF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ze</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F15FF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zwięzłym opisem dotychczasowych dokonań</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42B8A52F" w14:textId="77777777" w:rsidR="0039678F" w:rsidRPr="00F15FF1" w:rsidRDefault="0039678F" w:rsidP="0039678F">
             <w:pPr>
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
               <w:ind w:left="715"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F15FF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(minimum 2 lokalne lub międzynarodowe osiągnięcia),</w:t>
             </w:r>
@@ -1162,84 +1184,95 @@
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0910C20D" w14:textId="77777777" w:rsidR="00F34628" w:rsidRDefault="00F34628" w:rsidP="0039678F">
       <w:pPr>
         <w:spacing w:line="296" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="53451AFF" w14:textId="77777777" w:rsidR="00FC56B0" w:rsidRDefault="00FC56B0" w:rsidP="0039678F">
+      <w:pPr>
+        <w:spacing w:line="296" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9493"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF5F01" w14:paraId="55988B47" w14:textId="77777777" w:rsidTr="000E6A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62F113FC" w14:textId="77777777" w:rsidR="00DF5F01" w:rsidRPr="0039678F" w:rsidRDefault="00DF5F01" w:rsidP="000E6A12">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Plan projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF5F01" w14:paraId="614E0C9C" w14:textId="77777777" w:rsidTr="000E6A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58240FBD" w14:textId="77777777" w:rsidR="00DF5F01" w:rsidRDefault="00DF5F01" w:rsidP="000E6A12">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A7CA38B" w14:textId="77777777" w:rsidR="00DF5F01" w:rsidRDefault="00DF5F01" w:rsidP="000E6A12">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
@@ -2012,101 +2045,83 @@
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3108370F" w14:textId="77777777" w:rsidR="005F3813" w:rsidRDefault="005F3813" w:rsidP="00F34628">
             <w:pPr>
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50C95" w14:paraId="330E6448" w14:textId="77777777" w:rsidTr="005F3813">
-[...4 lines deleted...]
-          <w:p w14:paraId="350EF95B" w14:textId="77777777" w:rsidR="00A50C95" w:rsidRDefault="00A50C95" w:rsidP="00F34628">
+      <w:tr w:rsidR="00FC56B0" w14:paraId="330E6448" w14:textId="77777777" w:rsidTr="00D23FB0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC156BE" w14:textId="6633DE21" w:rsidR="00FC56B0" w:rsidRPr="00FC56B0" w:rsidRDefault="00FC56B0" w:rsidP="00FC56B0">
             <w:pPr>
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC56B0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SUMA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1729A0E6" w14:textId="77777777" w:rsidR="00A50C95" w:rsidRDefault="00A50C95" w:rsidP="00F34628">
+          <w:p w14:paraId="1729A0E6" w14:textId="77777777" w:rsidR="00FC56B0" w:rsidRDefault="00FC56B0" w:rsidP="00F34628">
             <w:pPr>
               <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6442E1EC" w14:textId="77777777" w:rsidR="00F34628" w:rsidRDefault="00F34628" w:rsidP="00F34628">
       <w:pPr>
         <w:spacing w:after="31" w:line="231" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
@@ -2240,71 +2255,59 @@
           <w:p w14:paraId="0BDE7250" w14:textId="77777777" w:rsidR="00A50C95" w:rsidRDefault="00A50C95" w:rsidP="00F34628">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28750F84" w14:textId="488E083A" w:rsidR="00F34628" w:rsidRDefault="00A50C95" w:rsidP="00F34628">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Social</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Media</w:t>
+              <w:t>Social Media</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DE10D27" w14:textId="7E216361" w:rsidR="00A50C95" w:rsidRPr="00DF5F01" w:rsidRDefault="00A50C95" w:rsidP="00A50C95">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tu podziel się z nami</w:t>
             </w:r>
             <w:r w:rsidR="00D85E6B">
               <w:rPr>
                 <w:i/>
@@ -2317,71 +2320,51 @@
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> linkami do swoich profili </w:t>
             </w:r>
             <w:r w:rsidR="002424E1">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Mediach</w:t>
+              <w:t xml:space="preserve"> Social Mediach</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34628">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="209DA175" w14:textId="6EF1F6AD" w:rsidR="00A50C95" w:rsidRPr="0039678F" w:rsidRDefault="00A50C95" w:rsidP="00F34628">
             <w:pPr>
               <w:spacing w:line="296" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2752,164 +2735,165 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Data ______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005F3813" w:rsidRPr="00D85E6B" w:rsidSect="00473655">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="401" w:right="1417" w:bottom="1417" w:left="1417" w:header="964" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63C50648" w14:textId="77777777" w:rsidR="00692592" w:rsidRDefault="00F34628">
+    <w:p w14:paraId="44F4C285" w14:textId="77777777" w:rsidR="0037738A" w:rsidRDefault="0037738A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EC3DFA4" w14:textId="77777777" w:rsidR="00692592" w:rsidRDefault="00F34628">
+    <w:p w14:paraId="69BE4271" w14:textId="77777777" w:rsidR="0037738A" w:rsidRDefault="0037738A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-201251057"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="0544E67B" w14:textId="18951D07" w:rsidR="00A959DD" w:rsidRDefault="00A959DD">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7E106C2B" w14:textId="77777777" w:rsidR="00A959DD" w:rsidRDefault="00A959DD">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B982BAB" w14:textId="77777777" w:rsidR="00692592" w:rsidRDefault="00F34628">
+    <w:p w14:paraId="4BCDB38C" w14:textId="77777777" w:rsidR="0037738A" w:rsidRDefault="0037738A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40CE3B6B" w14:textId="77777777" w:rsidR="00692592" w:rsidRDefault="00F34628">
+    <w:p w14:paraId="690B4549" w14:textId="77777777" w:rsidR="0037738A" w:rsidRDefault="0037738A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46E991BB" w14:textId="580CDDA7" w:rsidR="00D85E6B" w:rsidRDefault="00B176A9" w:rsidP="006C26EF">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2020"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="516778C0" wp14:editId="5CA0EC51">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-317598</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-253267</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1805305" cy="351155"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
@@ -2952,51 +2936,51 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="09887B18" w14:textId="77777777" w:rsidR="00D85E6B" w:rsidRDefault="00D85E6B">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074A4A29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EB2B5C0"/>
     <w:lvl w:ilvl="0" w:tplc="2892C88E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="362"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -3609,147 +3593,150 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="736586754">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1523738137">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="904803775">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00713A9F"/>
     <w:rsid w:val="00035081"/>
     <w:rsid w:val="00035462"/>
     <w:rsid w:val="000723A9"/>
     <w:rsid w:val="000B5714"/>
     <w:rsid w:val="0010262C"/>
     <w:rsid w:val="002424E1"/>
+    <w:rsid w:val="0037738A"/>
     <w:rsid w:val="003823E8"/>
     <w:rsid w:val="0039678F"/>
     <w:rsid w:val="003C6480"/>
     <w:rsid w:val="00473655"/>
     <w:rsid w:val="00501400"/>
     <w:rsid w:val="005319EE"/>
     <w:rsid w:val="00555100"/>
     <w:rsid w:val="005A267D"/>
     <w:rsid w:val="005F3813"/>
     <w:rsid w:val="006153A4"/>
     <w:rsid w:val="00692592"/>
     <w:rsid w:val="00713A9F"/>
     <w:rsid w:val="00731F47"/>
     <w:rsid w:val="007B382A"/>
     <w:rsid w:val="008214BA"/>
     <w:rsid w:val="008663D6"/>
     <w:rsid w:val="008B28A8"/>
     <w:rsid w:val="008E7994"/>
     <w:rsid w:val="00933A31"/>
     <w:rsid w:val="00A37A4D"/>
     <w:rsid w:val="00A50C95"/>
     <w:rsid w:val="00A959DD"/>
     <w:rsid w:val="00B176A9"/>
     <w:rsid w:val="00B24FC1"/>
     <w:rsid w:val="00B33547"/>
     <w:rsid w:val="00B3527E"/>
     <w:rsid w:val="00B74DF3"/>
     <w:rsid w:val="00D85E6B"/>
     <w:rsid w:val="00DF5F01"/>
     <w:rsid w:val="00ED32E5"/>
     <w:rsid w:val="00F15FF1"/>
+    <w:rsid w:val="00F274A6"/>
     <w:rsid w:val="00F34628"/>
+    <w:rsid w:val="00FC56B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="186306E6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5F30B5F7-34EA-4674-ABB1-F4DA0E080595}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4316,51 +4303,51 @@
     <w:rsid w:val="00B176A9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B176A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="220949667">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2101832123">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4738,69 +4725,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CCE920B-EE7B-4C05-BFC1-6914002D4823}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>188</Words>
-  <Characters>1132</Characters>
+  <Words>189</Words>
+  <Characters>1134</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Getin Noble Bank SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1318</CharactersWithSpaces>
+  <CharactersWithSpaces>1321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria Baradziej</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>